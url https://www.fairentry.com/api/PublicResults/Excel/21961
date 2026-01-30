--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5557468575464e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/be4f583b877f4a8d94ef4c423f9f0b3b.psmdcp" Id="R62a761bc1a2643ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea6b46e3bf324867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d74e1e2d9b5241bbb042ea5fcfc64e68.psmdcp" Id="R449f4f69bd2b4fd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2025 Larimer County ..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2127" uniqueCount="2127">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>
@@ -4411,51 +4411,51 @@
   <x:si>
     <x:t>Landscape photography</x:t>
   </x:si>
   <x:si>
     <x:t>Champion Amateur Photography Exhibit</x:t>
   </x:si>
   <x:si>
     <x:t>Matriccino, Daniel</x:t>
   </x:si>
   <x:si>
     <x:t>679</x:t>
   </x:si>
   <x:si>
     <x:t>"Echoes of Light"</x:t>
   </x:si>
   <x:si>
     <x:t>Beck, Brittany</x:t>
   </x:si>
   <x:si>
     <x:t>890</x:t>
   </x:si>
   <x:si>
     <x:t>Dunes</x:t>
   </x:si>
   <x:si>
-    <x:t xml:space="preserve"> Open Class Photography  /  Children 9 Years Old and Under  /  110: Black &amp; White or Color Photo</x:t>
+    <x:t xml:space="preserve"> Open Class Photography  /  Children 12 Years Old and Under  /  110: Black &amp; White or Color Photo</x:t>
   </x:si>
   <x:si>
     <x:t>1310</x:t>
   </x:si>
   <x:si>
     <x:t>1432</x:t>
   </x:si>
   <x:si>
     <x:t>Picture perfect</x:t>
   </x:si>
   <x:si>
     <x:t>Hahn, Mason</x:t>
   </x:si>
   <x:si>
     <x:t>1596</x:t>
   </x:si>
   <x:si>
     <x:t>435</x:t>
   </x:si>
   <x:si>
     <x:t>McDowell, Alexa</x:t>
   </x:si>
   <x:si>
     <x:t>1613</x:t>
   </x:si>