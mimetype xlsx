--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re97a655018574b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e41032c3174846fab9e144bdf0faaf43.psmdcp" Id="Rd1e6e83703d740e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28d8acfb40104adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8a79ce2d6574637bed961b0e8ff3733.psmdcp" Id="R800316263e3349b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2016 Indiana State F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>