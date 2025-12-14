--- v1 (2025-12-14)
+++ v2 (2025-12-14)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28d8acfb40104adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8a79ce2d6574637bed961b0e8ff3733.psmdcp" Id="R800316263e3349b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e5971ba6d8c4895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a04ca01ce3e4bc18fa998ce8b482549.psmdcp" Id="Rb77df9b1c85a4f93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2016 Indiana State F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>