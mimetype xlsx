--- v2 (2025-12-14)
+++ v3 (2025-12-17)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e5971ba6d8c4895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5a04ca01ce3e4bc18fa998ce8b482549.psmdcp" Id="Rb77df9b1c85a4f93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e42edb4bc5b421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b9bfeac9c47f4b9f97f7f1e2031703eb.psmdcp" Id="R17e43e26a42d4fa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2016 Indiana State F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>