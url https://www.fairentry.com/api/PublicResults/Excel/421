--- v3 (2025-12-17)
+++ v4 (2026-02-01)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e42edb4bc5b421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b9bfeac9c47f4b9f97f7f1e2031703eb.psmdcp" Id="R17e43e26a42d4fa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8edcbf8a8587416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f767201425e544d48b827f865a2b8dee.psmdcp" Id="R17071a3596fb4737" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2016 Indiana State F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>