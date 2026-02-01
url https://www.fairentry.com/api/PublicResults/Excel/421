--- v4 (2026-02-01)
+++ v5 (2026-02-01)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8edcbf8a8587416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f767201425e544d48b827f865a2b8dee.psmdcp" Id="R17071a3596fb4737" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree064e735fbe477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f388bc6f41d443c582a5242e648244f9.psmdcp" Id="Rb2cdf82e80ed4eb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2016 Indiana State F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>