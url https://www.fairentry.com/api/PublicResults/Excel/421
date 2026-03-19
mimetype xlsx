--- v5 (2026-02-01)
+++ v6 (2026-03-19)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree064e735fbe477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f388bc6f41d443c582a5242e648244f9.psmdcp" Id="Rb2cdf82e80ed4eb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6321f55806b49d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f0c5a2edb09f419e9068f2cc3a3255d0.psmdcp" Id="R51e32e1ee6734fcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="Results-2016 Indiana State F..." sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
   <x:si>
     <x:t>Hierarchy Path</x:t>
   </x:si>
   <x:si>
     <x:t>Exhibitor Number</x:t>
   </x:si>
   <x:si>